--- v0 (2025-10-16)
+++ v1 (2026-02-18)
@@ -11380,51 +11380,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00801DB3"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Calisto MT" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Raf2d6f6ecf2c45ea" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rb73ad569241c4539" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{18D2256E-2E9F-457B-85C6-0CF5D7DA1B4A}"/>
       </w:docPartPr>
       <w:docPartBody>