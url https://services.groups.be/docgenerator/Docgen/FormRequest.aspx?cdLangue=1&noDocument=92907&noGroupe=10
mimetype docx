--- v0 (2025-10-04)
+++ v1 (2025-11-28)
@@ -35321,51 +35321,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="636423086">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R6b19a20290274b77" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rd1470f56d9a24825" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>