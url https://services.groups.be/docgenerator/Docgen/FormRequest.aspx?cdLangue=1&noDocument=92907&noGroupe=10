--- v1 (2025-11-28)
+++ v2 (2026-01-29)
@@ -35321,51 +35321,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="636423086">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rd1470f56d9a24825" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Re69724495a2a4d46" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>